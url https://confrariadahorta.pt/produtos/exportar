--- v0 (2025-10-05)
+++ v1 (2026-02-04)
@@ -329,51 +329,51 @@
   <si>
     <t>COGUMELOS</t>
   </si>
   <si>
     <t>COGUMELOS CHIMEJY BRANCOS 150g</t>
   </si>
   <si>
     <t>COGUMELOS PORTOBELLO KG</t>
   </si>
   <si>
     <t>COGUMELOS Pleurotus/Setas KG</t>
   </si>
   <si>
     <t>COGUMELOS SHITAKE KG</t>
   </si>
   <si>
     <t>COGUMELOS PARIS  Laminados CVT</t>
   </si>
   <si>
     <t>COGUMELOS MARRONS Kg</t>
   </si>
   <si>
     <t>LARANJA CAL 6  MÉDIA</t>
   </si>
   <si>
-    <t>Produtos âncora</t>
+    <t>PRODUTOS ÂNCORA</t>
   </si>
   <si>
     <t>LARANJA P/ Sumo cal 8</t>
   </si>
   <si>
     <t>MAÇÃ GOLDEN MEDIO 70/75</t>
   </si>
   <si>
     <t>PERA ROCHA MEDIA 65/70</t>
   </si>
   <si>
     <t>ABACAXI CAL 5/6</t>
   </si>
   <si>
     <t>BANANAS</t>
   </si>
   <si>
     <t>KIWI  GR. 20/25</t>
   </si>
   <si>
     <t>LIMÃO</t>
   </si>
   <si>
     <t>MELAO VERDE</t>
   </si>