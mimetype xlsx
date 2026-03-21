--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,100 +12,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Referência</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Categoria</t>
   </si>
   <si>
     <t>BATATA DOCE BRANCA</t>
   </si>
   <si>
     <t>HORTÍCOLAS DE CONSERVAÇÃO</t>
   </si>
   <si>
     <t>BATATA DOCE LARANJA</t>
   </si>
   <si>
     <t>BATATA DOCE ROXA</t>
   </si>
   <si>
     <t>BATATA BRANCA</t>
   </si>
   <si>
     <t>CEBOLA ROXA</t>
   </si>
   <si>
     <t>CHALOTAS</t>
   </si>
   <si>
     <t>ALHOS SECOS" AVULSO" KG</t>
   </si>
   <si>
     <t>ABÓBORA BUTTERNUT ( MANTEIGA)</t>
   </si>
   <si>
     <t>LEGUMES VÁRIOS</t>
   </si>
   <si>
     <t>ABÓBORA KG</t>
   </si>
   <si>
     <t>ALHO FRANCÊS</t>
   </si>
   <si>
     <t>BETERRABA KG</t>
   </si>
   <si>
+    <t>FEIJÃO FILLET CVT</t>
+  </si>
+  <si>
     <t>FEIJÃO FILLET REDONDO</t>
   </si>
   <si>
     <t>FEIJÃO VERDE</t>
   </si>
   <si>
     <t>NABOS S/RAMA</t>
   </si>
   <si>
     <t>PEPINO</t>
   </si>
   <si>
     <t>PIMENTOS VERDES</t>
   </si>
   <si>
     <t>PIMENTOS VERMELHOS</t>
   </si>
   <si>
     <t>PIMENTOS AMARELOS</t>
   </si>
   <si>
     <t>BERINGELAS</t>
   </si>
   <si>
     <t>COURGETES KG</t>
@@ -293,96 +296,96 @@
   <si>
     <t>FRUTOS VERMELHOS</t>
   </si>
   <si>
     <t>MIRTILOS Cv. 125gr</t>
   </si>
   <si>
     <t>AMORAS PRETAS CV (125G)</t>
   </si>
   <si>
     <t>FRAMBOESA Cv.(125g)</t>
   </si>
   <si>
     <t>GROSELHA VERM. Cv. (125g)</t>
   </si>
   <si>
     <t>PHYSALIS COV. (100gr)</t>
   </si>
   <si>
     <t>MELANCIA</t>
   </si>
   <si>
     <t>MELÃO, MELANCIA E MELOA</t>
   </si>
   <si>
-    <t>MELÃO BRANCO</t>
-[...1 lines deleted...]
-  <si>
     <t>MELOA GALIA</t>
   </si>
   <si>
     <t>MELOA CANTALUPE</t>
   </si>
   <si>
     <t>COGUMELOS SHIMEJI MARRON 150g</t>
   </si>
   <si>
     <t>COGUMELOS</t>
   </si>
   <si>
     <t>COGUMELOS CHIMEJY BRANCOS 150g</t>
   </si>
   <si>
     <t>COGUMELOS PORTOBELLO KG</t>
   </si>
   <si>
     <t>COGUMELOS Pleurotus/Setas KG</t>
   </si>
   <si>
     <t>COGUMELOS SHITAKE KG</t>
   </si>
   <si>
     <t>COGUMELOS PARIS  Laminados CVT</t>
   </si>
   <si>
     <t>COGUMELOS MARRONS Kg</t>
   </si>
   <si>
     <t>LARANJA CAL 6  MÉDIA</t>
   </si>
   <si>
     <t>PRODUTOS ÂNCORA</t>
   </si>
   <si>
     <t>LARANJA P/ Sumo cal 8</t>
   </si>
   <si>
     <t>MAÇÃ GOLDEN MEDIO 70/75</t>
   </si>
   <si>
     <t>PERA ROCHA MEDIA 65/70</t>
+  </si>
+  <si>
+    <t>MAÇÃ ROYAL MEDIO 70/75</t>
   </si>
   <si>
     <t>ABACAXI CAL 5/6</t>
   </si>
   <si>
     <t>BANANAS</t>
   </si>
   <si>
     <t>KIWI  GR. 20/25</t>
   </si>
   <si>
     <t>LIMÃO</t>
   </si>
   <si>
     <t>MELAO VERDE</t>
   </si>
   <si>
     <t>ABACATE</t>
   </si>
   <si>
     <t>ALFACE FRISADA</t>
   </si>
   <si>
     <t>CENOURAS</t>
   </si>
@@ -734,51 +737,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C110"/>
+  <dimension ref="A1:C111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2">
         <v>2050</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
@@ -876,827 +879,827 @@
     </row>
     <row r="11" spans="1:3">
       <c r="A11">
         <v>2040</v>
       </c>
       <c r="B11" t="s">
         <v>14</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12">
         <v>2060</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13">
-        <v>2116</v>
+        <v>2114</v>
       </c>
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14">
-        <v>2160</v>
+        <v>2116</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15">
-        <v>2211</v>
+        <v>2160</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16">
-        <v>2220</v>
+        <v>2211</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17">
-        <v>2230</v>
+        <v>2220</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18">
-        <v>2235</v>
+        <v>2230</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19">
-        <v>2236</v>
+        <v>2235</v>
       </c>
       <c r="B19" t="s">
         <v>22</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20">
-        <v>2340</v>
+        <v>2236</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21">
-        <v>3070</v>
+        <v>2340</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22">
-        <v>4055</v>
+        <v>3070</v>
       </c>
       <c r="B22" t="s">
         <v>25</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23">
-        <v>4075</v>
+        <v>4055</v>
       </c>
       <c r="B23" t="s">
         <v>26</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24">
-        <v>4093</v>
+        <v>4075</v>
       </c>
       <c r="B24" t="s">
         <v>27</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25">
-        <v>2020</v>
+        <v>4093</v>
       </c>
       <c r="B25" t="s">
         <v>28</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26">
-        <v>2070</v>
+        <v>2020</v>
       </c>
       <c r="B26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27">
-        <v>2100</v>
+        <v>2070</v>
       </c>
       <c r="B27" t="s">
         <v>31</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
-        <v>2110</v>
+        <v>2100</v>
       </c>
       <c r="B28" t="s">
         <v>32</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
-        <v>2115</v>
+        <v>2110</v>
       </c>
       <c r="B29" t="s">
         <v>33</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="B30" t="s">
         <v>34</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31">
-        <v>2121</v>
+        <v>2120</v>
       </c>
       <c r="B31" t="s">
         <v>35</v>
       </c>
       <c r="C31" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32">
-        <v>2122</v>
+        <v>2121</v>
       </c>
       <c r="B32" t="s">
         <v>36</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33">
-        <v>2130</v>
+        <v>2122</v>
       </c>
       <c r="B33" t="s">
         <v>37</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34">
-        <v>2134</v>
+        <v>2130</v>
       </c>
       <c r="B34" t="s">
         <v>38</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35">
-        <v>2180</v>
+        <v>2134</v>
       </c>
       <c r="B35" t="s">
         <v>39</v>
       </c>
       <c r="C35" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36">
-        <v>2200</v>
+        <v>2180</v>
       </c>
       <c r="B36" t="s">
         <v>40</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37">
-        <v>2330</v>
+        <v>2200</v>
       </c>
       <c r="B37" t="s">
         <v>41</v>
       </c>
       <c r="C37" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38">
-        <v>2350</v>
+        <v>2330</v>
       </c>
       <c r="B38" t="s">
         <v>42</v>
       </c>
       <c r="C38" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39">
-        <v>2370</v>
+        <v>2350</v>
       </c>
       <c r="B39" t="s">
         <v>43</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40">
-        <v>2380</v>
+        <v>2370</v>
       </c>
       <c r="B40" t="s">
         <v>44</v>
       </c>
       <c r="C40" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41">
-        <v>2381</v>
+        <v>2380</v>
       </c>
       <c r="B41" t="s">
         <v>45</v>
       </c>
       <c r="C41" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42">
-        <v>4105</v>
+        <v>2381</v>
       </c>
       <c r="B42" t="s">
         <v>46</v>
       </c>
       <c r="C42" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43">
-        <v>4106</v>
+        <v>4105</v>
       </c>
       <c r="B43" t="s">
         <v>47</v>
       </c>
       <c r="C43" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44">
-        <v>2415</v>
+        <v>4106</v>
       </c>
       <c r="B44" t="s">
         <v>48</v>
       </c>
       <c r="C44" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45">
-        <v>3080</v>
+        <v>2415</v>
       </c>
       <c r="B45" t="s">
+        <v>49</v>
+      </c>
+      <c r="C45" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46">
-        <v>4000</v>
+        <v>3080</v>
       </c>
       <c r="B46" t="s">
         <v>51</v>
       </c>
       <c r="C46" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47">
-        <v>4005</v>
+        <v>4000</v>
       </c>
       <c r="B47" t="s">
         <v>52</v>
       </c>
       <c r="C47" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48">
-        <v>4015</v>
+        <v>4005</v>
       </c>
       <c r="B48" t="s">
         <v>53</v>
       </c>
       <c r="C48" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49">
-        <v>4020</v>
+        <v>4015</v>
       </c>
       <c r="B49" t="s">
         <v>54</v>
       </c>
       <c r="C49" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50">
-        <v>4025</v>
+        <v>4020</v>
       </c>
       <c r="B50" t="s">
         <v>55</v>
       </c>
       <c r="C50" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51">
-        <v>2241</v>
+        <v>4025</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52">
-        <v>2245</v>
+        <v>2241</v>
       </c>
       <c r="B52" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53">
-        <v>2246</v>
+        <v>2245</v>
       </c>
       <c r="B53" t="s">
         <v>59</v>
       </c>
       <c r="C53" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54">
-        <v>2247</v>
+        <v>2246</v>
       </c>
       <c r="B54" t="s">
         <v>60</v>
       </c>
       <c r="C54" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55">
-        <v>2257</v>
+        <v>2247</v>
       </c>
       <c r="B55" t="s">
         <v>61</v>
       </c>
       <c r="C55" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56">
-        <v>2260</v>
+        <v>2257</v>
       </c>
       <c r="B56" t="s">
         <v>62</v>
       </c>
       <c r="C56" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57">
-        <v>2270</v>
+        <v>2260</v>
       </c>
       <c r="B57" t="s">
+        <v>63</v>
+      </c>
+      <c r="C57" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58">
-        <v>2290</v>
+        <v>2270</v>
       </c>
       <c r="B58" t="s">
         <v>65</v>
       </c>
       <c r="C58" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59">
-        <v>2999</v>
+        <v>2290</v>
       </c>
       <c r="B59" t="s">
         <v>66</v>
       </c>
       <c r="C59" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60">
-        <v>3005</v>
+        <v>2999</v>
       </c>
       <c r="B60" t="s">
         <v>67</v>
       </c>
       <c r="C60" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61">
-        <v>2067</v>
+        <v>3005</v>
       </c>
       <c r="B61" t="s">
         <v>68</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62">
-        <v>3125</v>
+        <v>2067</v>
       </c>
       <c r="B62" t="s">
+        <v>69</v>
+      </c>
+      <c r="C62" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63">
-        <v>5002</v>
+        <v>3125</v>
       </c>
       <c r="B63" t="s">
         <v>71</v>
       </c>
       <c r="C63" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64">
-        <v>2237</v>
+        <v>5002</v>
       </c>
       <c r="B64" t="s">
         <v>72</v>
       </c>
       <c r="C64" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65">
-        <v>3071</v>
+        <v>2237</v>
       </c>
       <c r="B65" t="s">
+        <v>73</v>
+      </c>
+      <c r="C65" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66">
-        <v>3097</v>
+        <v>3071</v>
       </c>
       <c r="B66" t="s">
         <v>75</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67">
-        <v>3098</v>
+        <v>3097</v>
       </c>
       <c r="B67" t="s">
         <v>76</v>
       </c>
       <c r="C67" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68">
-        <v>4074</v>
+        <v>3098</v>
       </c>
       <c r="B68" t="s">
         <v>77</v>
       </c>
       <c r="C68" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69">
-        <v>2065</v>
+        <v>4074</v>
       </c>
       <c r="B69" t="s">
         <v>78</v>
       </c>
       <c r="C69" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70">
-        <v>2190</v>
+        <v>2065</v>
       </c>
       <c r="B70" t="s">
         <v>79</v>
       </c>
       <c r="C70" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71">
-        <v>1141</v>
+        <v>2190</v>
       </c>
       <c r="B71" t="s">
         <v>80</v>
       </c>
       <c r="C71" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72">
-        <v>1250</v>
+        <v>1141</v>
       </c>
       <c r="B72" t="s">
+        <v>81</v>
+      </c>
+      <c r="C72" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73">
-        <v>1255</v>
+        <v>1250</v>
       </c>
       <c r="B73" t="s">
         <v>83</v>
       </c>
       <c r="C73" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B74" t="s">
         <v>84</v>
       </c>
       <c r="C74" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75">
-        <v>1365</v>
+        <v>1252</v>
       </c>
       <c r="B75" t="s">
+        <v>85</v>
+      </c>
+      <c r="C75" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76">
-        <v>1375</v>
+        <v>1365</v>
       </c>
       <c r="B76" t="s">
         <v>87</v>
       </c>
       <c r="C76" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77">
-        <v>1385</v>
+        <v>1375</v>
       </c>
       <c r="B77" t="s">
         <v>88</v>
       </c>
       <c r="C77" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78">
-        <v>1395</v>
+        <v>1385</v>
       </c>
       <c r="B78" t="s">
         <v>89</v>
       </c>
       <c r="C78" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79">
-        <v>4040</v>
+        <v>1395</v>
       </c>
       <c r="B79" t="s">
         <v>90</v>
       </c>
       <c r="C79" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80">
-        <v>1222</v>
+        <v>4040</v>
       </c>
       <c r="B80" t="s">
         <v>91</v>
       </c>
       <c r="C80" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="B81" t="s">
+        <v>92</v>
+      </c>
+      <c r="C81" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82">
         <v>1241</v>
       </c>
       <c r="B82" t="s">
         <v>94</v>
       </c>
       <c r="C82" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83">
         <v>1242</v>
       </c>
       <c r="B83" t="s">
         <v>95</v>
       </c>
       <c r="C83" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84">
         <v>2357</v>
       </c>
       <c r="B84" t="s">
         <v>96</v>
       </c>
       <c r="C84" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85">
         <v>2358</v>
       </c>
       <c r="B85" t="s">
         <v>98</v>
       </c>
       <c r="C85" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="86" spans="1:3">
@@ -1778,221 +1781,232 @@
     </row>
     <row r="93" spans="1:3">
       <c r="A93">
         <v>1022</v>
       </c>
       <c r="B93" t="s">
         <v>107</v>
       </c>
       <c r="C93" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94">
         <v>1052</v>
       </c>
       <c r="B94" t="s">
         <v>108</v>
       </c>
       <c r="C94" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95">
-        <v>1071</v>
+        <v>1062</v>
       </c>
       <c r="B95" t="s">
         <v>109</v>
       </c>
       <c r="C95" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96">
-        <v>1122</v>
+        <v>1071</v>
       </c>
       <c r="B96" t="s">
         <v>110</v>
       </c>
       <c r="C96" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97">
-        <v>1173</v>
+        <v>1122</v>
       </c>
       <c r="B97" t="s">
         <v>111</v>
       </c>
       <c r="C97" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="B98" t="s">
         <v>112</v>
       </c>
       <c r="C98" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99">
-        <v>1232</v>
+        <v>1180</v>
       </c>
       <c r="B99" t="s">
         <v>113</v>
       </c>
       <c r="C99" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100">
-        <v>1290</v>
+        <v>1232</v>
       </c>
       <c r="B100" t="s">
         <v>114</v>
       </c>
       <c r="C100" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101">
-        <v>2030</v>
+        <v>1290</v>
       </c>
       <c r="B101" t="s">
         <v>115</v>
       </c>
       <c r="C101" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102">
-        <v>2090</v>
+        <v>2030</v>
       </c>
       <c r="B102" t="s">
         <v>116</v>
       </c>
       <c r="C102" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103">
-        <v>2240</v>
+        <v>2090</v>
       </c>
       <c r="B103" t="s">
         <v>117</v>
       </c>
       <c r="C103" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104">
-        <v>2244</v>
+        <v>2240</v>
       </c>
       <c r="B104" t="s">
         <v>118</v>
       </c>
       <c r="C104" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105">
-        <v>2250</v>
+        <v>2244</v>
       </c>
       <c r="B105" t="s">
         <v>119</v>
       </c>
       <c r="C105" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106">
-        <v>2301</v>
+        <v>2250</v>
       </c>
       <c r="B106" t="s">
         <v>120</v>
       </c>
       <c r="C106" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107">
-        <v>2306</v>
+        <v>2301</v>
       </c>
       <c r="B107" t="s">
         <v>121</v>
       </c>
       <c r="C107" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108">
-        <v>2317</v>
+        <v>2306</v>
       </c>
       <c r="B108" t="s">
         <v>122</v>
       </c>
       <c r="C108" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109">
-        <v>2323</v>
+        <v>2317</v>
       </c>
       <c r="B109" t="s">
         <v>123</v>
       </c>
       <c r="C109" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110">
-        <v>2360</v>
+        <v>2323</v>
       </c>
       <c r="B110" t="s">
         <v>124</v>
       </c>
       <c r="C110" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111">
+        <v>2360</v>
+      </c>
+      <c r="B111" t="s">
+        <v>125</v>
+      </c>
+      <c r="C111" t="s">
         <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>